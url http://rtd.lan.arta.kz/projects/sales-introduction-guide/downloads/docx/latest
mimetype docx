--- v0 (2025-10-14)
+++ v1 (2025-12-23)
@@ -28,51 +28,51 @@
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Документация Инструкция по настройке и использованию Synergy Customers 3.0</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Author"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">unknown</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Date"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">2024-01-19T02:28:40Z</w:t>
+        <w:t xml:space="preserve">2025-12-18T04:37:36Z</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
       </w:pPr>
       <w:bookmarkStart w:id="20" w:name="index.xhtml"/>
       <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:bookmarkStart w:id="21" w:name="index.xhtml#synergy-customers"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Инструкции по настройке Synergy Customers</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:numId w:val="1001"/>
           <w:ilvl w:val="0"/>
         </w:numPr>